--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP1 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="33">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER AND VALUE OF ACQUIRING TRANSACTIONS (TOTAL) IN THE TERRITORY OF THE REPUBLIC OF CROATIA - year 2025
 </t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Device/place/channel</t>
   </si>
   <si>
     <t>Own</t>
@@ -75,75 +75,90 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Number of transactions</t>
   </si>
   <si>
     <t>Value of transactions</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> ATM</t>
   </si>
   <si>
     <t> EFTPOS terminal</t>
   </si>
   <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> Internet</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> Other</t>
   </si>
   <si>
     <t> TOTAL</t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
+  </si>
+  <si>
     <t> TOTAL </t>
   </si>
   <si>
     <t> SUM TOTAL </t>
+  </si>
+  <si>
+    <t>*data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -544,51 +559,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R44"/>
+  <dimension ref="A1:R60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="19" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -789,86 +804,86 @@
       <c r="A12" t="s" s="7">
         <v>17</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2992808</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E12" s="8">
         <v>82612159</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G12" s="8">
         <v>2609423</v>
       </c>
       <c r="H12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I12" s="8">
-        <v>120413596</v>
+        <v>120399594</v>
       </c>
       <c r="J12" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K12" s="8">
         <v>268918</v>
       </c>
       <c r="L12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M12" s="8">
         <v>31667126</v>
       </c>
       <c r="N12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O12" s="9">
         <v>5871149</v>
       </c>
       <c r="P12" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q12" s="9">
-        <v>234692881</v>
+        <v>234678879</v>
       </c>
       <c r="R12" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>227934</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E13" s="8">
         <v>29066956</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G13" s="8">
         <v>40234</v>
       </c>
       <c r="H13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I13" s="8">
         <v>4087010</v>
       </c>
       <c r="J13" t="s" s="7">
         <v>14</v>
       </c>
@@ -880,96 +895,96 @@
       </c>
       <c r="M13" s="8">
         <v>1662767</v>
       </c>
       <c r="N13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O13" s="9">
         <v>274307</v>
       </c>
       <c r="P13" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q13" s="9">
         <v>34816733</v>
       </c>
       <c r="R13" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B14" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C14" s="13">
         <v>19726658</v>
       </c>
       <c r="D14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E14" s="13">
         <v>1688990374</v>
       </c>
       <c r="F14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G14" s="13">
         <v>37211763</v>
       </c>
       <c r="H14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I14" s="13">
-        <v>1066552059</v>
+        <v>1066538057</v>
       </c>
       <c r="J14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K14" s="13">
         <v>4080324</v>
       </c>
       <c r="L14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M14" s="13">
         <v>180829020</v>
       </c>
       <c r="N14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O14" s="13">
         <v>61018745</v>
       </c>
       <c r="P14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q14" s="13">
-        <v>2936371453</v>
+        <v>2936357451</v>
       </c>
       <c r="R14" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C15" s="8">
         <v>6817249</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E15" s="8">
         <v>1316841621</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G15" s="8">
@@ -1045,110 +1060,110 @@
       </c>
       <c r="L16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M16" s="8">
         <v>89785852</v>
       </c>
       <c r="N16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O16" s="9">
         <v>45281468</v>
       </c>
       <c r="P16" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q16" s="9">
         <v>1179209555</v>
       </c>
       <c r="R16" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C17" s="8">
         <v>2847675</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E17" s="8">
         <v>78833868</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G17" s="8">
         <v>2495912</v>
       </c>
       <c r="H17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I17" s="8">
-        <v>112648444</v>
+        <v>112645243</v>
       </c>
       <c r="J17" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K17" s="8">
         <v>267413</v>
       </c>
       <c r="L17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M17" s="8">
         <v>30771203</v>
       </c>
       <c r="N17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O17" s="9">
         <v>5611000</v>
       </c>
       <c r="P17" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q17" s="9">
-        <v>222253515</v>
+        <v>222250314</v>
       </c>
       <c r="R17" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B18" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C18" s="8">
         <v>221430</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E18" s="8">
         <v>28043541</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G18" s="8">
         <v>37751</v>
       </c>
       <c r="H18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I18" s="8">
         <v>3992409</v>
       </c>
       <c r="J18" t="s" s="7">
         <v>14</v>
       </c>
@@ -1160,96 +1175,96 @@
       </c>
       <c r="M18" s="8">
         <v>1646620</v>
       </c>
       <c r="N18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O18" s="9">
         <v>264979</v>
       </c>
       <c r="P18" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q18" s="9">
         <v>33682570</v>
       </c>
       <c r="R18" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B19" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C19" s="13">
         <v>19021402</v>
       </c>
       <c r="D19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E19" s="13">
         <v>1669736776</v>
       </c>
       <c r="F19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G19" s="13">
         <v>35948686</v>
       </c>
       <c r="H19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I19" s="13">
-        <v>1030637310</v>
+        <v>1030634109</v>
       </c>
       <c r="J19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K19" s="13">
         <v>3687274</v>
       </c>
       <c r="L19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M19" s="13">
         <v>154790749</v>
       </c>
       <c r="N19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O19" s="13">
         <v>58657362</v>
       </c>
       <c r="P19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q19" s="13">
-        <v>2855164835</v>
+        <v>2855161634</v>
       </c>
       <c r="R19" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B20" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C20" s="8">
         <v>7585460</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E20" s="8">
         <v>1471532467</v>
       </c>
       <c r="F20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G20" s="8">
@@ -1325,110 +1340,110 @@
       </c>
       <c r="L21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M21" s="8">
         <v>114001755</v>
       </c>
       <c r="N21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O21" s="9">
         <v>51661361</v>
       </c>
       <c r="P21" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q21" s="9">
         <v>1346572030</v>
       </c>
       <c r="R21" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C22" s="8">
         <v>3119525</v>
       </c>
       <c r="D22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E22" s="8">
         <v>86703919</v>
       </c>
       <c r="F22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G22" s="8">
-        <v>2693951</v>
+        <v>2693953</v>
       </c>
       <c r="H22" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="I22" s="8">
-        <v>125133491</v>
+        <v>125133575</v>
       </c>
       <c r="J22" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K22" s="8">
         <v>250791</v>
       </c>
       <c r="L22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M22" s="8">
         <v>32215751</v>
       </c>
       <c r="N22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O22" s="9">
-        <v>6064267</v>
+        <v>6064269</v>
       </c>
       <c r="P22" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q22" s="9">
-        <v>244053161</v>
+        <v>244053245</v>
       </c>
       <c r="R22" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B23" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C23" s="8">
         <v>254053</v>
       </c>
       <c r="D23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E23" s="8">
         <v>31919941</v>
       </c>
       <c r="F23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G23" s="8">
         <v>39139</v>
       </c>
       <c r="H23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I23" s="8">
         <v>4148259</v>
       </c>
       <c r="J23" t="s" s="7">
         <v>14</v>
       </c>
@@ -1440,96 +1455,96 @@
       </c>
       <c r="M23" s="8">
         <v>1868986</v>
       </c>
       <c r="N23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O23" s="9">
         <v>300040</v>
       </c>
       <c r="P23" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q23" s="9">
         <v>37937186</v>
       </c>
       <c r="R23" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B24" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C24" s="13">
         <v>21526681</v>
       </c>
       <c r="D24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E24" s="13">
         <v>1876785746</v>
       </c>
       <c r="F24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G24" s="13">
-        <v>40361468</v>
+        <v>40361470</v>
       </c>
       <c r="H24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I24" s="13">
-        <v>1155832846</v>
+        <v>1155832930</v>
       </c>
       <c r="J24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K24" s="13">
         <v>4523464</v>
       </c>
       <c r="L24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M24" s="13">
         <v>187157961</v>
       </c>
       <c r="N24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O24" s="13">
-        <v>66411613</v>
+        <v>66411615</v>
       </c>
       <c r="P24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q24" s="13">
-        <v>3219776553</v>
+        <v>3219776637</v>
       </c>
       <c r="R24" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B25" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C25" s="8">
         <v>7766645</v>
       </c>
       <c r="D25" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E25" s="8">
         <v>1543446038</v>
       </c>
       <c r="F25" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G25" s="8">
@@ -1605,110 +1620,110 @@
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>239314302</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="9">
         <v>55207718</v>
       </c>
       <c r="P26" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q26" s="9">
         <v>1528679927</v>
       </c>
       <c r="R26" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C27" s="8">
         <v>3103637</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v>86389002</v>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v>2657420</v>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
-        <v>121978105</v>
+        <v>121804382</v>
       </c>
       <c r="J27" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K27" s="8">
         <v>319186</v>
       </c>
       <c r="L27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M27" s="8">
         <v>36467858</v>
       </c>
       <c r="N27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O27" s="9">
         <v>6080243</v>
       </c>
       <c r="P27" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q27" s="9">
-        <v>244834965</v>
+        <v>244661242</v>
       </c>
       <c r="R27" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B28" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C28" s="8">
         <v>248220</v>
       </c>
       <c r="D28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E28" s="8">
         <v>33797990</v>
       </c>
       <c r="F28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G28" s="8">
         <v>38255</v>
       </c>
       <c r="H28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I28" s="8">
         <v>4144147</v>
       </c>
       <c r="J28" t="s" s="7">
         <v>14</v>
       </c>
@@ -1720,96 +1735,96 @@
       </c>
       <c r="M28" s="8">
         <v>2322347</v>
       </c>
       <c r="N28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O28" s="9">
         <v>295014</v>
       </c>
       <c r="P28" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q28" s="9">
         <v>40264484</v>
       </c>
       <c r="R28" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B29" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C29" s="13">
         <v>22122794</v>
       </c>
       <c r="D29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E29" s="13">
         <v>1969666239</v>
       </c>
       <c r="F29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G29" s="13">
         <v>40326178</v>
       </c>
       <c r="H29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I29" s="13">
-        <v>1193331198</v>
+        <v>1193157475</v>
       </c>
       <c r="J29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K29" s="13">
         <v>7818653</v>
       </c>
       <c r="L29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M29" s="13">
         <v>338099112</v>
       </c>
       <c r="N29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O29" s="13">
         <v>70267625</v>
       </c>
       <c r="P29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q29" s="13">
-        <v>3501096549</v>
+        <v>3500922826</v>
       </c>
       <c r="R29" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B30" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C30" s="8">
         <v>7981872</v>
       </c>
       <c r="D30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E30" s="8">
         <v>1634501766</v>
       </c>
       <c r="F30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G30" s="8">
@@ -1885,110 +1900,110 @@
       </c>
       <c r="L31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M31" s="8">
         <v>347317935</v>
       </c>
       <c r="N31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O31" s="9">
         <v>60284111</v>
       </c>
       <c r="P31" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q31" s="9">
         <v>1702758790</v>
       </c>
       <c r="R31" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C32" s="8">
         <v>3277889</v>
       </c>
       <c r="D32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E32" s="8">
         <v>92969493</v>
       </c>
       <c r="F32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G32" s="8">
         <v>2774800</v>
       </c>
       <c r="H32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I32" s="8">
-        <v>129676210</v>
+        <v>129061893</v>
       </c>
       <c r="J32" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K32" s="8">
         <v>384107</v>
       </c>
       <c r="L32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M32" s="8">
         <v>45143860</v>
       </c>
       <c r="N32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O32" s="9">
         <v>6436796</v>
       </c>
       <c r="P32" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q32" s="9">
-        <v>267789563</v>
+        <v>267175246</v>
       </c>
       <c r="R32" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B33" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C33" s="8">
         <v>262745</v>
       </c>
       <c r="D33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E33" s="8">
         <v>35121648</v>
       </c>
       <c r="F33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G33" s="8">
         <v>39741</v>
       </c>
       <c r="H33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I33" s="8">
         <v>4235429</v>
       </c>
       <c r="J33" t="s" s="7">
         <v>14</v>
       </c>
@@ -2000,96 +2015,96 @@
       </c>
       <c r="M33" s="8">
         <v>2426501</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="9">
         <v>311141</v>
       </c>
       <c r="P33" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q33" s="9">
         <v>41783578</v>
       </c>
       <c r="R33" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B34" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C34" s="13">
         <v>23301805</v>
       </c>
       <c r="D34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E34" s="13">
         <v>2088999882</v>
       </c>
       <c r="F34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G34" s="13">
         <v>42136766</v>
       </c>
       <c r="H34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I34" s="13">
-        <v>1255499409</v>
+        <v>1254885092</v>
       </c>
       <c r="J34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K34" s="13">
         <v>10663490</v>
       </c>
       <c r="L34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M34" s="13">
         <v>477354822</v>
       </c>
       <c r="N34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O34" s="13">
         <v>76102061</v>
       </c>
       <c r="P34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q34" s="13">
-        <v>3821854113</v>
+        <v>3821239796</v>
       </c>
       <c r="R34" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B35" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C35" s="8">
         <v>7643332</v>
       </c>
       <c r="D35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E35" s="8">
         <v>1623165233</v>
       </c>
       <c r="F35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G35" s="8">
@@ -2165,110 +2180,110 @@
       </c>
       <c r="L36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M36" s="8">
         <v>668843863</v>
       </c>
       <c r="N36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O36" s="9">
         <v>66950506</v>
       </c>
       <c r="P36" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q36" s="9">
         <v>2056275536</v>
       </c>
       <c r="R36" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B37" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C37" s="8">
         <v>3265447</v>
       </c>
       <c r="D37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E37" s="8">
         <v>92538755</v>
       </c>
       <c r="F37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G37" s="8">
         <v>2640979</v>
       </c>
       <c r="H37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I37" s="8">
-        <v>127916358</v>
+        <v>127601606</v>
       </c>
       <c r="J37" t="s" s="7">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="K37" s="8">
         <v>548977</v>
       </c>
       <c r="L37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M37" s="8">
         <v>60004720</v>
       </c>
       <c r="N37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O37" s="9">
         <v>6455403</v>
       </c>
       <c r="P37" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q37" s="9">
-        <v>280459833</v>
+        <v>280145081</v>
       </c>
       <c r="R37" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B38" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C38" s="8">
         <v>255137</v>
       </c>
       <c r="D38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E38" s="8">
         <v>40533282</v>
       </c>
       <c r="F38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G38" s="8">
         <v>39546</v>
       </c>
       <c r="H38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I38" s="8">
         <v>4266026</v>
       </c>
       <c r="J38" t="s" s="7">
         <v>14</v>
       </c>
@@ -2280,379 +2295,1224 @@
       </c>
       <c r="M38" s="8">
         <v>2938544</v>
       </c>
       <c r="N38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O38" s="9">
         <v>305672</v>
       </c>
       <c r="P38" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q38" s="9">
         <v>47737852</v>
       </c>
       <c r="R38" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B39" t="s" s="12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C39" s="13">
         <v>22967756</v>
       </c>
       <c r="D39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E39" s="13">
         <v>2089413691</v>
       </c>
       <c r="F39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G39" s="13">
         <v>41968441</v>
       </c>
       <c r="H39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I39" s="13">
-        <v>1279256436</v>
+        <v>1278941684</v>
       </c>
       <c r="J39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K39" s="13">
         <v>17756875</v>
       </c>
       <c r="L39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M39" s="13">
         <v>866299463</v>
       </c>
       <c r="N39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O39" s="13">
         <v>82693072</v>
       </c>
       <c r="P39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q39" s="13">
-        <v>4234969590</v>
+        <v>4234654838</v>
       </c>
       <c r="R39" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:18">
-      <c r="A40" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B40" t="s" s="14">
+      <c r="A40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B40" t="s" s="7">
         <v>15</v>
       </c>
-      <c r="C40" s="15">
-[...44 lines deleted...]
-      <c r="R40" t="s" s="14">
+      <c r="C40" s="8">
+        <v>7620171</v>
+      </c>
+      <c r="D40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E40" s="8">
+        <v>1686114228</v>
+      </c>
+      <c r="F40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G40" s="8">
+        <v>708899</v>
+      </c>
+      <c r="H40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I40" s="8">
+        <v>97713320</v>
+      </c>
+      <c r="J40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K40" s="8">
+        <v>965755</v>
+      </c>
+      <c r="L40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M40" s="8">
+        <v>199595946</v>
+      </c>
+      <c r="N40" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O40" s="9">
+        <v>9294825</v>
+      </c>
+      <c r="P40" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q40" s="9">
+        <v>1983423494</v>
+      </c>
+      <c r="R40" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:18">
-      <c r="A41" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B41" t="s" s="14">
+      <c r="A41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B41" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C41" s="15">
-[...44 lines deleted...]
-      <c r="R41" t="s" s="14">
+      <c r="C41" s="8">
+        <v>12498657</v>
+      </c>
+      <c r="D41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E41" s="8">
+        <v>346092092</v>
+      </c>
+      <c r="F41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G41" s="8">
+        <v>39283354</v>
+      </c>
+      <c r="H41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I41" s="8">
+        <v>1076088848</v>
+      </c>
+      <c r="J41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K41" s="8">
+        <v>26273092</v>
+      </c>
+      <c r="L41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M41" s="8">
+        <v>1058890531</v>
+      </c>
+      <c r="N41" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O41" s="9">
+        <v>78055103</v>
+      </c>
+      <c r="P41" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q41" s="9">
+        <v>2481071471</v>
+      </c>
+      <c r="R41" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:18">
-      <c r="A42" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B42" t="s" s="14">
+      <c r="A42" t="s" s="7">
+        <v>27</v>
+      </c>
+      <c r="B42" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C42" s="15">
-[...44 lines deleted...]
-      <c r="R42" t="s" s="14">
+      <c r="C42" s="8">
+        <v>3227327</v>
+      </c>
+      <c r="D42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E42" s="8">
+        <v>97512168</v>
+      </c>
+      <c r="F42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G42" s="8">
+        <v>2878483</v>
+      </c>
+      <c r="H42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I42" s="8">
+        <v>141873032</v>
+      </c>
+      <c r="J42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K42" s="8">
+        <v>841189</v>
+      </c>
+      <c r="L42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M42" s="8">
+        <v>80766111</v>
+      </c>
+      <c r="N42" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O42" s="9">
+        <v>6946999</v>
+      </c>
+      <c r="P42" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q42" s="9">
+        <v>320151311</v>
+      </c>
+      <c r="R42" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:18">
-      <c r="A43" t="s" s="10">
-[...50 lines deleted...]
-      <c r="R43" t="s" s="14">
+      <c r="A43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B43" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C43" s="8">
+        <v>274319</v>
+      </c>
+      <c r="D43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E43" s="8">
+        <v>47592240</v>
+      </c>
+      <c r="F43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G43" s="8">
+        <v>42020</v>
+      </c>
+      <c r="H43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I43" s="8">
+        <v>4558188</v>
+      </c>
+      <c r="J43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K43" s="8">
+        <v>15421</v>
+      </c>
+      <c r="L43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M43" s="8">
+        <v>4131782</v>
+      </c>
+      <c r="N43" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O43" s="9">
+        <v>331760</v>
+      </c>
+      <c r="P43" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q43" s="9">
+        <v>56282210</v>
+      </c>
+      <c r="R43" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:18">
-      <c r="A44" t="s" s="10">
+      <c r="A44" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B44" t="s" s="12">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C44" s="13">
-        <v>128667096</v>
+        <v>23620474</v>
       </c>
       <c r="D44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E44" s="13">
-        <v>11383592708</v>
+        <v>2177310728</v>
       </c>
       <c r="F44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G44" s="13">
-        <v>237953302</v>
+        <v>42912756</v>
       </c>
       <c r="H44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I44" s="13">
-        <v>6981109258</v>
+        <v>1320233388</v>
       </c>
       <c r="J44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="K44" s="13">
-        <v>48530080</v>
+        <v>28095457</v>
       </c>
       <c r="L44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M44" s="13">
-        <v>2204531127</v>
+        <v>1343384370</v>
       </c>
       <c r="N44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O44" s="13">
-        <v>415150478</v>
+        <v>94628687</v>
       </c>
       <c r="P44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q44" s="13">
-        <v>20569233093</v>
+        <v>4840928486</v>
       </c>
       <c r="R44" t="s" s="12">
         <v>14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18">
+      <c r="A45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B45" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C45" s="8">
+        <v>7211542</v>
+      </c>
+      <c r="D45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E45" s="8">
+        <v>1590909057</v>
+      </c>
+      <c r="F45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G45" s="8">
+        <v>704489</v>
+      </c>
+      <c r="H45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I45" s="8">
+        <v>98248100</v>
+      </c>
+      <c r="J45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K45" s="8">
+        <v>1054563</v>
+      </c>
+      <c r="L45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M45" s="8">
+        <v>223109598</v>
+      </c>
+      <c r="N45" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O45" s="9">
+        <v>8970594</v>
+      </c>
+      <c r="P45" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q45" s="9">
+        <v>1912266755</v>
+      </c>
+      <c r="R45" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18">
+      <c r="A46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B46" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C46" s="8">
+        <v>11666280</v>
+      </c>
+      <c r="D46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E46" s="8">
+        <v>327400922</v>
+      </c>
+      <c r="F46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G46" s="8">
+        <v>36475550</v>
+      </c>
+      <c r="H46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I46" s="8">
+        <v>1020100295</v>
+      </c>
+      <c r="J46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K46" s="8">
+        <v>27719461</v>
+      </c>
+      <c r="L46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M46" s="8">
+        <v>1147970733</v>
+      </c>
+      <c r="N46" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O46" s="9">
+        <v>75861291</v>
+      </c>
+      <c r="P46" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q46" s="9">
+        <v>2495471950</v>
+      </c>
+      <c r="R46" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18">
+      <c r="A47" t="s" s="7">
+        <v>28</v>
+      </c>
+      <c r="B47" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C47" s="8">
+        <v>3419437</v>
+      </c>
+      <c r="D47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E47" s="8">
+        <v>101818594</v>
+      </c>
+      <c r="F47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G47" s="8">
+        <v>2846599</v>
+      </c>
+      <c r="H47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I47" s="8">
+        <v>135558082</v>
+      </c>
+      <c r="J47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K47" s="8">
+        <v>882286</v>
+      </c>
+      <c r="L47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M47" s="8">
+        <v>73745836</v>
+      </c>
+      <c r="N47" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O47" s="9">
+        <v>7148322</v>
+      </c>
+      <c r="P47" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q47" s="9">
+        <v>311122512</v>
+      </c>
+      <c r="R47" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18">
+      <c r="A48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B48" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C48" s="8">
+        <v>281718</v>
+      </c>
+      <c r="D48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E48" s="8">
+        <v>48820902</v>
+      </c>
+      <c r="F48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G48" s="8">
+        <v>36431</v>
+      </c>
+      <c r="H48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I48" s="8">
+        <v>4075810</v>
+      </c>
+      <c r="J48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K48" s="8">
+        <v>15363</v>
+      </c>
+      <c r="L48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M48" s="8">
+        <v>3946741</v>
+      </c>
+      <c r="N48" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O48" s="9">
+        <v>333512</v>
+      </c>
+      <c r="P48" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q48" s="9">
+        <v>56843453</v>
+      </c>
+      <c r="R48" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18">
+      <c r="A49" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B49" t="s" s="12">
+        <v>21</v>
+      </c>
+      <c r="C49" s="13">
+        <v>22578977</v>
+      </c>
+      <c r="D49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E49" s="13">
+        <v>2068949475</v>
+      </c>
+      <c r="F49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G49" s="13">
+        <v>40063069</v>
+      </c>
+      <c r="H49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I49" s="13">
+        <v>1257982287</v>
+      </c>
+      <c r="J49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K49" s="13">
+        <v>29671673</v>
+      </c>
+      <c r="L49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M49" s="13">
+        <v>1448772908</v>
+      </c>
+      <c r="N49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O49" s="13">
+        <v>92313719</v>
+      </c>
+      <c r="P49" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q49" s="13">
+        <v>4775704670</v>
+      </c>
+      <c r="R49" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18">
+      <c r="A50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C50" s="8">
+        <v>7474906</v>
+      </c>
+      <c r="D50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E50" s="8">
+        <v>1643318478</v>
+      </c>
+      <c r="F50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G50" s="8">
+        <v>683552</v>
+      </c>
+      <c r="H50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I50" s="8">
+        <v>93456850</v>
+      </c>
+      <c r="J50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K50" s="8">
+        <v>570855</v>
+      </c>
+      <c r="L50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M50" s="8">
+        <v>123462728</v>
+      </c>
+      <c r="N50" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O50" s="9">
+        <v>8729313</v>
+      </c>
+      <c r="P50" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q50" s="9">
+        <v>1860238056</v>
+      </c>
+      <c r="R50" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18">
+      <c r="A51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B51" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C51" s="8">
+        <v>11997846</v>
+      </c>
+      <c r="D51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E51" s="8">
+        <v>326247952</v>
+      </c>
+      <c r="F51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G51" s="8">
+        <v>37633403</v>
+      </c>
+      <c r="H51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I51" s="8">
+        <v>1009484221</v>
+      </c>
+      <c r="J51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K51" s="8">
+        <v>16243482</v>
+      </c>
+      <c r="L51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M51" s="8">
+        <v>605528466</v>
+      </c>
+      <c r="N51" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O51" s="9">
+        <v>65874731</v>
+      </c>
+      <c r="P51" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q51" s="9">
+        <v>1941260639</v>
+      </c>
+      <c r="R51" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18">
+      <c r="A52" t="s" s="7">
+        <v>29</v>
+      </c>
+      <c r="B52" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C52" s="8">
+        <v>3484260</v>
+      </c>
+      <c r="D52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E52" s="8">
+        <v>104197640</v>
+      </c>
+      <c r="F52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G52" s="8">
+        <v>2873193</v>
+      </c>
+      <c r="H52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I52" s="8">
+        <v>138855338</v>
+      </c>
+      <c r="J52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K52" s="8">
+        <v>596046</v>
+      </c>
+      <c r="L52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M52" s="8">
+        <v>42976596</v>
+      </c>
+      <c r="N52" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O52" s="9">
+        <v>6953499</v>
+      </c>
+      <c r="P52" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q52" s="9">
+        <v>286029574</v>
+      </c>
+      <c r="R52" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18">
+      <c r="A53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B53" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C53" s="8">
+        <v>290004</v>
+      </c>
+      <c r="D53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E53" s="8">
+        <v>44224692</v>
+      </c>
+      <c r="F53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G53" s="8">
+        <v>42347</v>
+      </c>
+      <c r="H53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I53" s="8">
+        <v>4668129</v>
+      </c>
+      <c r="J53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K53" s="8">
+        <v>12002</v>
+      </c>
+      <c r="L53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M53" s="8">
+        <v>3283360</v>
+      </c>
+      <c r="N53" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O53" s="9">
+        <v>344353</v>
+      </c>
+      <c r="P53" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q53" s="9">
+        <v>52176181</v>
+      </c>
+      <c r="R53" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18">
+      <c r="A54" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B54" t="s" s="12">
+        <v>21</v>
+      </c>
+      <c r="C54" s="13">
+        <v>23247016</v>
+      </c>
+      <c r="D54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E54" s="13">
+        <v>2117988762</v>
+      </c>
+      <c r="F54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G54" s="13">
+        <v>41232495</v>
+      </c>
+      <c r="H54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I54" s="13">
+        <v>1246464538</v>
+      </c>
+      <c r="J54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K54" s="13">
+        <v>17422385</v>
+      </c>
+      <c r="L54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M54" s="13">
+        <v>775251150</v>
+      </c>
+      <c r="N54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O54" s="13">
+        <v>81901896</v>
+      </c>
+      <c r="P54" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q54" s="13">
+        <v>4139704450</v>
+      </c>
+      <c r="R54" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18">
+      <c r="A55" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B55" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="C55" s="15">
+        <v>66995584</v>
+      </c>
+      <c r="D55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E55" s="15">
+        <v>13829137458</v>
+      </c>
+      <c r="F55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G55" s="15">
+        <v>5880823</v>
+      </c>
+      <c r="H55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I55" s="15">
+        <v>781285830</v>
+      </c>
+      <c r="J55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K55" s="15">
+        <v>4345953</v>
+      </c>
+      <c r="L55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M55" s="15">
+        <v>934265867</v>
+      </c>
+      <c r="N55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O55" s="15">
+        <v>77222360</v>
+      </c>
+      <c r="P55" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q55" s="15">
+        <v>15544689155</v>
+      </c>
+      <c r="R55" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18">
+      <c r="A56" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B56" t="s" s="14">
+        <v>16</v>
+      </c>
+      <c r="C56" s="15">
+        <v>100064414</v>
+      </c>
+      <c r="D56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E56" s="15">
+        <v>2756007425</v>
+      </c>
+      <c r="F56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G56" s="15">
+        <v>331454575</v>
+      </c>
+      <c r="H56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I56" s="15">
+        <v>8832275578</v>
+      </c>
+      <c r="J56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K56" s="15">
+        <v>114924975</v>
+      </c>
+      <c r="L56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M56" s="15">
+        <v>4379686979</v>
+      </c>
+      <c r="N56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O56" s="15">
+        <v>546443964</v>
+      </c>
+      <c r="P56" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q56" s="15">
+        <v>15967969982</v>
+      </c>
+      <c r="R56" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18">
+      <c r="A57" t="s" s="10">
+        <v>30</v>
+      </c>
+      <c r="B57" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="C57" s="15">
+        <v>28738005</v>
+      </c>
+      <c r="D57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E57" s="15">
+        <v>823575598</v>
+      </c>
+      <c r="F57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G57" s="15">
+        <v>24470762</v>
+      </c>
+      <c r="H57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I57" s="15">
+        <v>1152932745</v>
+      </c>
+      <c r="J57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K57" s="15">
+        <v>4358913</v>
+      </c>
+      <c r="L57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M57" s="15">
+        <v>433759061</v>
+      </c>
+      <c r="N57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O57" s="15">
+        <v>57567680</v>
+      </c>
+      <c r="P57" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q57" s="15">
+        <v>2410267404</v>
+      </c>
+      <c r="R57" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18">
+      <c r="A58" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B58" t="s" s="14">
+        <v>20</v>
+      </c>
+      <c r="C58" s="15">
+        <v>2315560</v>
+      </c>
+      <c r="D58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E58" s="15">
+        <v>339121192</v>
+      </c>
+      <c r="F58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G58" s="15">
+        <v>355464</v>
+      </c>
+      <c r="H58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I58" s="15">
+        <v>38175407</v>
+      </c>
+      <c r="J58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K58" s="15">
+        <v>89754</v>
+      </c>
+      <c r="L58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M58" s="15">
+        <v>24227648</v>
+      </c>
+      <c r="N58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O58" s="15">
+        <v>2760778</v>
+      </c>
+      <c r="P58" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q58" s="15">
+        <v>401524247</v>
+      </c>
+      <c r="R58" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B59" t="s" s="12">
+        <v>31</v>
+      </c>
+      <c r="C59" s="13">
+        <v>198113563</v>
+      </c>
+      <c r="D59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E59" s="13">
+        <v>17747841673</v>
+      </c>
+      <c r="F59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G59" s="13">
+        <v>362161624</v>
+      </c>
+      <c r="H59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I59" s="13">
+        <v>10804669560</v>
+      </c>
+      <c r="J59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K59" s="13">
+        <v>123719595</v>
+      </c>
+      <c r="L59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M59" s="13">
+        <v>5771939555</v>
+      </c>
+      <c r="N59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O59" s="13">
+        <v>683994782</v>
+      </c>
+      <c r="P59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q59" s="13">
+        <v>34324450788</v>
+      </c>
+      <c r="R59" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>